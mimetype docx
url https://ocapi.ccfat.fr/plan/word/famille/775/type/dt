--- v0 (2025-10-18)
+++ v1 (2025-12-02)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 20 - Édité le 18/10/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 20 - Édité le 02/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 20 « Produits et procédés spéciaux d'isolation »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -3060,51 +3060,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="AC131EA7"/>
+    <w:nsid w:val="41D7E115"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3208,51 +3208,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="08AC8988"/>
+    <w:nsid w:val="D8870466"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3356,51 +3356,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="854218FA"/>
+    <w:nsid w:val="739F7FCF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3504,51 +3504,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="E765B37A"/>
+    <w:nsid w:val="6C93C579"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3652,51 +3652,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="E515809C"/>
+    <w:nsid w:val="ADAFE2BE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3800,51 +3800,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="6C0C553E"/>
+    <w:nsid w:val="203D3304"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3948,51 +3948,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="677F5C47"/>
+    <w:nsid w:val="B9A97F17"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4096,51 +4096,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="BCA9CFA5"/>
+    <w:nsid w:val="392D85DA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4244,51 +4244,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="B786283F"/>
+    <w:nsid w:val="9BA11F8D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4392,51 +4392,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="8BA026E5"/>
+    <w:nsid w:val="9A4D6399"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4540,51 +4540,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="1A15FB96"/>
+    <w:nsid w:val="8783E398"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4688,51 +4688,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="1525257F"/>
+    <w:nsid w:val="16979547"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4836,51 +4836,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="29862479"/>
+    <w:nsid w:val="A3D7E15A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4984,51 +4984,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="122F2FA5"/>
+    <w:nsid w:val="560E14CC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5132,51 +5132,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="6E1DA9A5"/>
+    <w:nsid w:val="E2755742"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5280,51 +5280,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="BA702C78"/>
+    <w:nsid w:val="11FB2E1D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5428,51 +5428,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="FF346DC6"/>
+    <w:nsid w:val="093FCC17"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5576,51 +5576,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="3F289062"/>
+    <w:nsid w:val="D4593884"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5724,51 +5724,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="494C8288"/>
+    <w:nsid w:val="E213E6AA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5872,51 +5872,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="BCB1E5CC"/>
+    <w:nsid w:val="8E6AC34F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6020,51 +6020,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="C27B4A31"/>
+    <w:nsid w:val="35A19E57"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6168,51 +6168,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="595AA21C"/>
+    <w:nsid w:val="6D2E9822"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6316,51 +6316,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="BD26369E"/>
+    <w:nsid w:val="E2637D41"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6464,51 +6464,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="7C9C3081"/>
+    <w:nsid w:val="D3D322BB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>