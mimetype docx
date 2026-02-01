--- v1 (2025-12-02)
+++ v2 (2026-02-01)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 20 - Édité le 02/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 20 - Édité le 01/02/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 20 « Produits et procédés spéciaux d'isolation »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -3060,51 +3060,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="41D7E115"/>
+    <w:nsid w:val="BD1EA58F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3208,51 +3208,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="D8870466"/>
+    <w:nsid w:val="121A653D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3356,51 +3356,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="739F7FCF"/>
+    <w:nsid w:val="B2E687F3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3504,51 +3504,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="6C93C579"/>
+    <w:nsid w:val="07EAFD2B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3652,51 +3652,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="ADAFE2BE"/>
+    <w:nsid w:val="2BB086FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3800,51 +3800,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="203D3304"/>
+    <w:nsid w:val="D3550DC0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3948,51 +3948,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="B9A97F17"/>
+    <w:nsid w:val="D9833A2A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4096,51 +4096,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="392D85DA"/>
+    <w:nsid w:val="A9F2B5B5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4244,51 +4244,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="9BA11F8D"/>
+    <w:nsid w:val="2C19EC63"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4392,51 +4392,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="9A4D6399"/>
+    <w:nsid w:val="5A466DC4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4540,51 +4540,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="8783E398"/>
+    <w:nsid w:val="D6E1778C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4688,51 +4688,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="16979547"/>
+    <w:nsid w:val="0563A679"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4836,51 +4836,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="A3D7E15A"/>
+    <w:nsid w:val="EDC5AB1C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4984,51 +4984,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="560E14CC"/>
+    <w:nsid w:val="0C5CC639"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5132,51 +5132,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="E2755742"/>
+    <w:nsid w:val="B902C4C0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5280,51 +5280,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="11FB2E1D"/>
+    <w:nsid w:val="18CFED75"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5428,51 +5428,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="093FCC17"/>
+    <w:nsid w:val="6ED36EAC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5576,51 +5576,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="D4593884"/>
+    <w:nsid w:val="E55503F8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5724,51 +5724,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="E213E6AA"/>
+    <w:nsid w:val="C5C79E23"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5872,51 +5872,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="8E6AC34F"/>
+    <w:nsid w:val="302442A3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6020,51 +6020,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="35A19E57"/>
+    <w:nsid w:val="CF1F7657"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6168,51 +6168,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="6D2E9822"/>
+    <w:nsid w:val="81D174A9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6316,51 +6316,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="E2637D41"/>
+    <w:nsid w:val="42B7DC2B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6464,51 +6464,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="D3D322BB"/>
+    <w:nsid w:val="132835C0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>