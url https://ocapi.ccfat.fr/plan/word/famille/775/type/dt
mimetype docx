--- v2 (2026-02-01)
+++ v3 (2026-03-13)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 20 - Édité le 01/02/2026</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 20 - Édité le 13/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 20 « Produits et procédés spéciaux d'isolation »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -3060,51 +3060,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="BD1EA58F"/>
+    <w:nsid w:val="D792ED37"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3208,51 +3208,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="121A653D"/>
+    <w:nsid w:val="AFE5603C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3356,51 +3356,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="B2E687F3"/>
+    <w:nsid w:val="6C68D59B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3504,51 +3504,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="07EAFD2B"/>
+    <w:nsid w:val="6BA6DEE1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3652,51 +3652,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="2BB086FF"/>
+    <w:nsid w:val="B66D85B6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3800,51 +3800,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="D3550DC0"/>
+    <w:nsid w:val="4E0130B3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3948,51 +3948,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="D9833A2A"/>
+    <w:nsid w:val="A20AD5C4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4096,51 +4096,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="A9F2B5B5"/>
+    <w:nsid w:val="C46C72BB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4244,51 +4244,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="2C19EC63"/>
+    <w:nsid w:val="85C2CD7F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4392,51 +4392,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="5A466DC4"/>
+    <w:nsid w:val="4B238BDE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4540,51 +4540,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="D6E1778C"/>
+    <w:nsid w:val="AFF7EF5A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4688,51 +4688,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="0563A679"/>
+    <w:nsid w:val="9F29F208"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4836,51 +4836,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="EDC5AB1C"/>
+    <w:nsid w:val="713B28AA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4984,51 +4984,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="0C5CC639"/>
+    <w:nsid w:val="1F4B8243"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5132,51 +5132,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="B902C4C0"/>
+    <w:nsid w:val="371742BF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5280,51 +5280,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="18CFED75"/>
+    <w:nsid w:val="3EFEB2A1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5428,51 +5428,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="6ED36EAC"/>
+    <w:nsid w:val="1EEF5336"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5576,51 +5576,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="E55503F8"/>
+    <w:nsid w:val="F15EE37D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5724,51 +5724,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="C5C79E23"/>
+    <w:nsid w:val="24BDD798"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5872,51 +5872,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="302442A3"/>
+    <w:nsid w:val="2E172558"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6020,51 +6020,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="CF1F7657"/>
+    <w:nsid w:val="88F52127"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6168,51 +6168,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="81D174A9"/>
+    <w:nsid w:val="A2D7D3BB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6316,51 +6316,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="42B7DC2B"/>
+    <w:nsid w:val="C7D46113"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6464,51 +6464,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="132835C0"/>
+    <w:nsid w:val="185521AD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>