--- v0 (2025-12-16)
+++ v1 (2026-02-14)
@@ -12,51 +12,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.2 - Édité le 16/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.2 - Édité le 14/02/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 3.2 « Murs et accessoires de mur »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -3098,51 +3098,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="2866B30E"/>
+    <w:nsid w:val="C9726D79"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3246,51 +3246,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="A7C348AA"/>
+    <w:nsid w:val="B4BD896D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3394,51 +3394,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="3E7B1ABC"/>
+    <w:nsid w:val="BE0378D3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3542,51 +3542,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="39BF8B1C"/>
+    <w:nsid w:val="88ABCAB8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3690,51 +3690,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="C57F7918"/>
+    <w:nsid w:val="90F4D06C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3838,51 +3838,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="30B1AC47"/>
+    <w:nsid w:val="9F47F105"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3986,51 +3986,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="E1F0BBF6"/>
+    <w:nsid w:val="74816787"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4134,51 +4134,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="2BF152A9"/>
+    <w:nsid w:val="988D955F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4282,51 +4282,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="6B1A9699"/>
+    <w:nsid w:val="84500B1D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4430,51 +4430,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="5AC8082D"/>
+    <w:nsid w:val="33182BBC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4578,51 +4578,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="91C423EB"/>
+    <w:nsid w:val="FE0AD97F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4726,51 +4726,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="01B4003C"/>
+    <w:nsid w:val="47D1EDF9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4874,51 +4874,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="6619225B"/>
+    <w:nsid w:val="7C152E45"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5022,51 +5022,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="40563DB0"/>
+    <w:nsid w:val="A675FFDB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5170,51 +5170,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="2CDAAAC8"/>
+    <w:nsid w:val="2A172DB3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5318,51 +5318,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="41D1769A"/>
+    <w:nsid w:val="CD03D939"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5466,51 +5466,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="E1ACA8E0"/>
+    <w:nsid w:val="82E05F66"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>