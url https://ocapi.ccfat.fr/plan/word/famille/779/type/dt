--- v1 (2026-02-14)
+++ v2 (2026-03-31)
@@ -12,51 +12,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.2 - Édité le 14/02/2026</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.2 - Édité le 31/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 3.2 « Murs et accessoires de mur »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -3098,51 +3098,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="C9726D79"/>
+    <w:nsid w:val="F2B44D4A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3246,51 +3246,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="B4BD896D"/>
+    <w:nsid w:val="C17E5769"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3394,51 +3394,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="BE0378D3"/>
+    <w:nsid w:val="4FD4438C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3542,51 +3542,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="88ABCAB8"/>
+    <w:nsid w:val="5CC23580"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3690,51 +3690,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="90F4D06C"/>
+    <w:nsid w:val="33CE9F19"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3838,51 +3838,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="9F47F105"/>
+    <w:nsid w:val="9E259531"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3986,51 +3986,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="74816787"/>
+    <w:nsid w:val="3DCF2124"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4134,51 +4134,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="988D955F"/>
+    <w:nsid w:val="304AB4C5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4282,51 +4282,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="84500B1D"/>
+    <w:nsid w:val="70CDB74D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4430,51 +4430,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="33182BBC"/>
+    <w:nsid w:val="CFC9C68E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4578,51 +4578,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="FE0AD97F"/>
+    <w:nsid w:val="3214CCDC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4726,51 +4726,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="47D1EDF9"/>
+    <w:nsid w:val="99E6434D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4874,51 +4874,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="7C152E45"/>
+    <w:nsid w:val="C5F6E188"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5022,51 +5022,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="A675FFDB"/>
+    <w:nsid w:val="611574E8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5170,51 +5170,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="2A172DB3"/>
+    <w:nsid w:val="8F39420E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5318,51 +5318,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="CD03D939"/>
+    <w:nsid w:val="4E21084C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5466,51 +5466,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="82E05F66"/>
+    <w:nsid w:val="50BD3357"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>