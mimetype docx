--- v0 (2025-10-14)
+++ v1 (2025-11-30)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.3 - Édité le 14/10/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.3 - Édité le 30/11/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 3.3 « Structures tridimensionnelles, ouvrages de fondation et d’infrastructure »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2318,51 +2318,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="F9F3F9DD"/>
+    <w:nsid w:val="D36FCBB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2466,51 +2466,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="5F9FDDBE"/>
+    <w:nsid w:val="9923C861"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2614,51 +2614,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="4C851E5E"/>
+    <w:nsid w:val="84420E88"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2762,51 +2762,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="023EAA0E"/>
+    <w:nsid w:val="6B7285DC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2910,51 +2910,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="0F5F3E7C"/>
+    <w:nsid w:val="AE2184F5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3058,51 +3058,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="3D71943A"/>
+    <w:nsid w:val="8050C77B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3206,51 +3206,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="DB0F6453"/>
+    <w:nsid w:val="12CCE1D8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3354,51 +3354,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="224C5AD5"/>
+    <w:nsid w:val="5BD42A53"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3502,51 +3502,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="AF70E247"/>
+    <w:nsid w:val="A337B61C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3650,51 +3650,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="D43B58E6"/>
+    <w:nsid w:val="21EF78AF"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3798,51 +3798,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="E09F4F03"/>
+    <w:nsid w:val="0385E5E4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3946,51 +3946,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="736032EE"/>
+    <w:nsid w:val="95AB0170"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4094,51 +4094,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="EEA0E134"/>
+    <w:nsid w:val="F3952C6C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4242,51 +4242,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="A5FE9197"/>
+    <w:nsid w:val="12D1BB84"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4390,51 +4390,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="3C3214AA"/>
+    <w:nsid w:val="1F5F6A4B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4538,51 +4538,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="2581326D"/>
+    <w:nsid w:val="3EAAE6E5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4686,51 +4686,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="AA669DEB"/>
+    <w:nsid w:val="28B7B9F8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4834,51 +4834,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="C15D5F13"/>
+    <w:nsid w:val="202EA170"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>