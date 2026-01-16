--- v1 (2025-11-30)
+++ v2 (2026-01-16)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.3 - Édité le 30/11/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.3 - Édité le 16/01/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 3.3 « Structures tridimensionnelles, ouvrages de fondation et d’infrastructure »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2318,51 +2318,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="D36FCBB4"/>
+    <w:nsid w:val="B5D3D568"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2466,51 +2466,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="9923C861"/>
+    <w:nsid w:val="DB1C2AF8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2614,51 +2614,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="84420E88"/>
+    <w:nsid w:val="A6819688"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2762,51 +2762,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="6B7285DC"/>
+    <w:nsid w:val="24F5F0FD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2910,51 +2910,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="AE2184F5"/>
+    <w:nsid w:val="E9F9470F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3058,51 +3058,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="8050C77B"/>
+    <w:nsid w:val="EA1E459C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3206,51 +3206,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="12CCE1D8"/>
+    <w:nsid w:val="4926699C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3354,51 +3354,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="5BD42A53"/>
+    <w:nsid w:val="7B7BBB98"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3502,51 +3502,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="A337B61C"/>
+    <w:nsid w:val="967C2029"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3650,51 +3650,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="21EF78AF"/>
+    <w:nsid w:val="66040147"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3798,51 +3798,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="0385E5E4"/>
+    <w:nsid w:val="946BDC8F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3946,51 +3946,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="95AB0170"/>
+    <w:nsid w:val="8AF8E2E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4094,51 +4094,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="F3952C6C"/>
+    <w:nsid w:val="FE88C953"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4242,51 +4242,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="12D1BB84"/>
+    <w:nsid w:val="28510732"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4390,51 +4390,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="1F5F6A4B"/>
+    <w:nsid w:val="923524A1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4538,51 +4538,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="3EAAE6E5"/>
+    <w:nsid w:val="C19FF302"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4686,51 +4686,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="28B7B9F8"/>
+    <w:nsid w:val="4C6E976A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4834,51 +4834,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="202EA170"/>
+    <w:nsid w:val="AC5172F5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>