--- v2 (2026-01-16)
+++ v3 (2026-03-03)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.3 - Édité le 16/01/2026</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.3 - Édité le 03/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 3.3 « Structures tridimensionnelles, ouvrages de fondation et d’infrastructure »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -2318,51 +2318,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="B5D3D568"/>
+    <w:nsid w:val="BB17C039"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2466,51 +2466,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="DB1C2AF8"/>
+    <w:nsid w:val="4F123301"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2614,51 +2614,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="A6819688"/>
+    <w:nsid w:val="544A37D5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2762,51 +2762,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="24F5F0FD"/>
+    <w:nsid w:val="5D7A04F8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2910,51 +2910,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="E9F9470F"/>
+    <w:nsid w:val="BF9D98D8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3058,51 +3058,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="EA1E459C"/>
+    <w:nsid w:val="3520894D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3206,51 +3206,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="4926699C"/>
+    <w:nsid w:val="71127722"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3354,51 +3354,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="7B7BBB98"/>
+    <w:nsid w:val="197B455B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3502,51 +3502,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="967C2029"/>
+    <w:nsid w:val="54C9479C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3650,51 +3650,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="66040147"/>
+    <w:nsid w:val="B9099767"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3798,51 +3798,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="946BDC8F"/>
+    <w:nsid w:val="818BE2DF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3946,51 +3946,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="8AF8E2E6"/>
+    <w:nsid w:val="E005EC29"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4094,51 +4094,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="FE88C953"/>
+    <w:nsid w:val="780872E9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4242,51 +4242,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="28510732"/>
+    <w:nsid w:val="E76068B7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4390,51 +4390,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="923524A1"/>
+    <w:nsid w:val="EB201175"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4538,51 +4538,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="C19FF302"/>
+    <w:nsid w:val="E5235523"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4686,51 +4686,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="4C6E976A"/>
+    <w:nsid w:val="5CFEAD43"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4834,51 +4834,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="AC5172F5"/>
+    <w:nsid w:val="F8D7A9B7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>