--- v0 (2025-10-21)
+++ v1 (2025-12-07)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.3 - Édité le 21/10/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.3 - Édité le 07/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 3.3 « Structures tridimensionnelles, ouvrages de fondation et d’infrastructure »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -3646,51 +3646,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="949FC807"/>
+    <w:nsid w:val="E8C9D76D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3794,51 +3794,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="21570ED2"/>
+    <w:nsid w:val="AEA7D590"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3942,51 +3942,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="8E224BD6"/>
+    <w:nsid w:val="D605DC5A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4090,51 +4090,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="E0B55D5A"/>
+    <w:nsid w:val="7A308D3F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4238,51 +4238,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="58F7D5CC"/>
+    <w:nsid w:val="2DD6F02B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4386,51 +4386,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="151902DC"/>
+    <w:nsid w:val="CBEEDF5D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4534,51 +4534,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="19C51FEF"/>
+    <w:nsid w:val="1C4FBB82"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4682,51 +4682,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="4C6719A7"/>
+    <w:nsid w:val="34BD4A7F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4830,51 +4830,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="2D12269A"/>
+    <w:nsid w:val="004D0DE7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4978,51 +4978,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="852A5EB2"/>
+    <w:nsid w:val="F9F66CAA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5126,51 +5126,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="60766FFD"/>
+    <w:nsid w:val="2422EA45"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5274,51 +5274,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="27645492"/>
+    <w:nsid w:val="E545A928"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5422,51 +5422,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="DA10697C"/>
+    <w:nsid w:val="A069A25D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5570,51 +5570,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="4357409D"/>
+    <w:nsid w:val="DB67691A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5718,51 +5718,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="67636FC6"/>
+    <w:nsid w:val="DAD46448"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5866,51 +5866,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="CDF9CC16"/>
+    <w:nsid w:val="FE061378"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6014,51 +6014,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="3EAC00EA"/>
+    <w:nsid w:val="69F6BD7C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6162,51 +6162,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="00225FD9"/>
+    <w:nsid w:val="0AC1A3DF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6310,51 +6310,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="8ABC148C"/>
+    <w:nsid w:val="E95C129F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6458,51 +6458,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="A5B0A4A5"/>
+    <w:nsid w:val="56BF38C9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6606,51 +6606,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="42F4B62A"/>
+    <w:nsid w:val="5288117A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6754,51 +6754,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="AA897444"/>
+    <w:nsid w:val="C962097A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6902,51 +6902,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="CBEB9519"/>
+    <w:nsid w:val="24C5779D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7050,51 +7050,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="4B305399"/>
+    <w:nsid w:val="AC5D175B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7198,51 +7198,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="18FA46E4"/>
+    <w:nsid w:val="89FB6783"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7346,51 +7346,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34">
-    <w:nsid w:val="9AE72C93"/>
+    <w:nsid w:val="1354EDA6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7494,51 +7494,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="35">
-    <w:nsid w:val="B0EF4415"/>
+    <w:nsid w:val="FAADCCBB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7642,51 +7642,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="36">
-    <w:nsid w:val="B6C63C00"/>
+    <w:nsid w:val="F5695726"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7790,51 +7790,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="37">
-    <w:nsid w:val="7193D8F9"/>
+    <w:nsid w:val="C73A3B44"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7938,51 +7938,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="38">
-    <w:nsid w:val="89683C26"/>
+    <w:nsid w:val="D7E7C115"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>