--- v1 (2025-12-07)
+++ v2 (2025-12-15)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.3 - Édité le 07/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.3 - Édité le 15/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 3.3 « Structures tridimensionnelles, ouvrages de fondation et d’infrastructure »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -3646,51 +3646,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="E8C9D76D"/>
+    <w:nsid w:val="B5EF96BB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3794,51 +3794,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="AEA7D590"/>
+    <w:nsid w:val="4E89C497"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3942,51 +3942,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="D605DC5A"/>
+    <w:nsid w:val="E50BC55F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4090,51 +4090,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="7A308D3F"/>
+    <w:nsid w:val="C2AE4EA1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4238,51 +4238,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="2DD6F02B"/>
+    <w:nsid w:val="EC1C85AF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4386,51 +4386,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="CBEEDF5D"/>
+    <w:nsid w:val="C6D49675"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4534,51 +4534,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="1C4FBB82"/>
+    <w:nsid w:val="845EF42C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4682,51 +4682,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="34BD4A7F"/>
+    <w:nsid w:val="24F74E8D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4830,51 +4830,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="004D0DE7"/>
+    <w:nsid w:val="1BFA4D41"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4978,51 +4978,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="F9F66CAA"/>
+    <w:nsid w:val="E803D733"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5126,51 +5126,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="2422EA45"/>
+    <w:nsid w:val="E72A161F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5274,51 +5274,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="E545A928"/>
+    <w:nsid w:val="7CB9034D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5422,51 +5422,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="A069A25D"/>
+    <w:nsid w:val="FB5B4F7B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5570,51 +5570,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="DB67691A"/>
+    <w:nsid w:val="0DB6DDBB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5718,51 +5718,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="DAD46448"/>
+    <w:nsid w:val="AF51E36A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5866,51 +5866,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="FE061378"/>
+    <w:nsid w:val="06EAD488"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6014,51 +6014,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="69F6BD7C"/>
+    <w:nsid w:val="B26553C3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6162,51 +6162,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="0AC1A3DF"/>
+    <w:nsid w:val="66B76716"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6310,51 +6310,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="E95C129F"/>
+    <w:nsid w:val="8EFD52BE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6458,51 +6458,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="56BF38C9"/>
+    <w:nsid w:val="61D25B28"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6606,51 +6606,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="5288117A"/>
+    <w:nsid w:val="8C6E86D0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6754,51 +6754,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="C962097A"/>
+    <w:nsid w:val="8EA7C944"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6902,51 +6902,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="24C5779D"/>
+    <w:nsid w:val="A2195858"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7050,51 +7050,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="AC5D175B"/>
+    <w:nsid w:val="C1744010"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7198,51 +7198,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="89FB6783"/>
+    <w:nsid w:val="074D207C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7346,51 +7346,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34">
-    <w:nsid w:val="1354EDA6"/>
+    <w:nsid w:val="C2422F12"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7494,51 +7494,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="35">
-    <w:nsid w:val="FAADCCBB"/>
+    <w:nsid w:val="CB2BC4F2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7642,51 +7642,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="36">
-    <w:nsid w:val="F5695726"/>
+    <w:nsid w:val="4A2CE664"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7790,51 +7790,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="37">
-    <w:nsid w:val="C73A3B44"/>
+    <w:nsid w:val="A4393AA4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7938,51 +7938,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="38">
-    <w:nsid w:val="D7E7C115"/>
+    <w:nsid w:val="5B53C6E9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>