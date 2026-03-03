--- v2 (2025-12-15)
+++ v3 (2026-03-03)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.3 - Édité le 15/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.3 - Édité le 03/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 3.3 « Structures tridimensionnelles, ouvrages de fondation et d’infrastructure »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -3646,51 +3646,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="B5EF96BB"/>
+    <w:nsid w:val="CFF97A35"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3794,51 +3794,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="4E89C497"/>
+    <w:nsid w:val="34473971"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3942,51 +3942,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="E50BC55F"/>
+    <w:nsid w:val="CFC70BD3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4090,51 +4090,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="C2AE4EA1"/>
+    <w:nsid w:val="23A8D0A3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4238,51 +4238,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="EC1C85AF"/>
+    <w:nsid w:val="198C6AD1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4386,51 +4386,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="C6D49675"/>
+    <w:nsid w:val="CDC60238"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4534,51 +4534,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="845EF42C"/>
+    <w:nsid w:val="2E51C09E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4682,51 +4682,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="24F74E8D"/>
+    <w:nsid w:val="59D18D24"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4830,51 +4830,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="1BFA4D41"/>
+    <w:nsid w:val="10FEF31B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4978,51 +4978,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="E803D733"/>
+    <w:nsid w:val="FD8EC748"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5126,51 +5126,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="E72A161F"/>
+    <w:nsid w:val="8E1F27BC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5274,51 +5274,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="7CB9034D"/>
+    <w:nsid w:val="B6552392"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5422,51 +5422,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="FB5B4F7B"/>
+    <w:nsid w:val="F33709DE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5570,51 +5570,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="0DB6DDBB"/>
+    <w:nsid w:val="A13C2535"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5718,51 +5718,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="AF51E36A"/>
+    <w:nsid w:val="158F6C22"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5866,51 +5866,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="06EAD488"/>
+    <w:nsid w:val="CB53BBDA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6014,51 +6014,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="B26553C3"/>
+    <w:nsid w:val="B74683A1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6162,51 +6162,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="66B76716"/>
+    <w:nsid w:val="0EE360CF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6310,51 +6310,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="8EFD52BE"/>
+    <w:nsid w:val="110F08E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6458,51 +6458,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="61D25B28"/>
+    <w:nsid w:val="1B3E41D3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6606,51 +6606,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="8C6E86D0"/>
+    <w:nsid w:val="98728BFA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6754,51 +6754,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="8EA7C944"/>
+    <w:nsid w:val="55DC9C66"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6902,51 +6902,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="A2195858"/>
+    <w:nsid w:val="17861766"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7050,51 +7050,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="C1744010"/>
+    <w:nsid w:val="FD0BD268"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7198,51 +7198,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="074D207C"/>
+    <w:nsid w:val="B0E7F980"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7346,51 +7346,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34">
-    <w:nsid w:val="C2422F12"/>
+    <w:nsid w:val="9786545F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7494,51 +7494,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="35">
-    <w:nsid w:val="CB2BC4F2"/>
+    <w:nsid w:val="1BE560B2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7642,51 +7642,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="36">
-    <w:nsid w:val="4A2CE664"/>
+    <w:nsid w:val="77EE699A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7790,51 +7790,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="37">
-    <w:nsid w:val="A4393AA4"/>
+    <w:nsid w:val="273569AD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7938,51 +7938,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="38">
-    <w:nsid w:val="5B53C6E9"/>
+    <w:nsid w:val="80B27754"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>