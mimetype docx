--- v0 (2025-11-30)
+++ v1 (2026-01-16)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.3 - Édité le 30/11/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.3 - Édité le 16/01/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 3.3 « Structures tridimensionnelles, ouvrages de fondation et d’infrastructure »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -3848,51 +3848,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="7F6DC217"/>
+    <w:nsid w:val="15DDB119"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3996,51 +3996,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="264ABE04"/>
+    <w:nsid w:val="4E4622D0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4144,51 +4144,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="0CF5F9F9"/>
+    <w:nsid w:val="D58507D3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4292,51 +4292,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="32A968E1"/>
+    <w:nsid w:val="3B086557"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4440,51 +4440,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="AFD497B8"/>
+    <w:nsid w:val="FFE9AEBA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4588,51 +4588,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="2C338ED9"/>
+    <w:nsid w:val="5B46C19F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4736,51 +4736,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="34A7A518"/>
+    <w:nsid w:val="A12F0F86"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4884,51 +4884,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="21A6B2B8"/>
+    <w:nsid w:val="6A641C99"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5032,51 +5032,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="27BA3F51"/>
+    <w:nsid w:val="702C4CD7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5180,51 +5180,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="F740CF42"/>
+    <w:nsid w:val="A46F935B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5328,51 +5328,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="E952A317"/>
+    <w:nsid w:val="F461230E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5476,51 +5476,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="7DB28A09"/>
+    <w:nsid w:val="F8AB5894"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5624,51 +5624,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="7E829CF0"/>
+    <w:nsid w:val="60E2C4D7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5772,51 +5772,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="0EB4A590"/>
+    <w:nsid w:val="78AE4361"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5920,51 +5920,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="A8F95BD0"/>
+    <w:nsid w:val="5F34032C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6068,51 +6068,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="CBCBF897"/>
+    <w:nsid w:val="8580BBC3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6216,51 +6216,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="F3FFB866"/>
+    <w:nsid w:val="9E743B6C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6364,51 +6364,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="D79489AE"/>
+    <w:nsid w:val="5748D5D6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6512,51 +6512,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="2E71CA36"/>
+    <w:nsid w:val="94BA8805"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6660,51 +6660,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="2AB580C4"/>
+    <w:nsid w:val="7C97C3C9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6808,51 +6808,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="20F49587"/>
+    <w:nsid w:val="696BCF6F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6956,51 +6956,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="1951C467"/>
+    <w:nsid w:val="7EC3F235"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7104,51 +7104,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="42304630"/>
+    <w:nsid w:val="02914205"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7252,51 +7252,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="F8BFB9A1"/>
+    <w:nsid w:val="9982C2C2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7400,51 +7400,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="CA091FA7"/>
+    <w:nsid w:val="14A597C0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7548,51 +7548,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34">
-    <w:nsid w:val="1AB7C60E"/>
+    <w:nsid w:val="2A0BC727"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7696,51 +7696,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="35">
-    <w:nsid w:val="46056233"/>
+    <w:nsid w:val="494E95F7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7844,51 +7844,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="36">
-    <w:nsid w:val="7481484D"/>
+    <w:nsid w:val="A15959A0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7992,51 +7992,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="37">
-    <w:nsid w:val="D80CB70C"/>
+    <w:nsid w:val="8452BAB7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8140,51 +8140,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="38">
-    <w:nsid w:val="2D567C62"/>
+    <w:nsid w:val="3B711FFB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8288,51 +8288,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="39">
-    <w:nsid w:val="E898F550"/>
+    <w:nsid w:val="E4DAA946"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>