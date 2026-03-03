--- v1 (2026-01-16)
+++ v2 (2026-03-03)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.3 - Édité le 16/01/2026</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 3.3 - Édité le 03/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 3.3 « Structures tridimensionnelles, ouvrages de fondation et d’infrastructure »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -3848,51 +3848,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="15DDB119"/>
+    <w:nsid w:val="E1AFFEEA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3996,51 +3996,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="4E4622D0"/>
+    <w:nsid w:val="A8D0C830"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4144,51 +4144,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="D58507D3"/>
+    <w:nsid w:val="668B94C2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4292,51 +4292,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="3B086557"/>
+    <w:nsid w:val="0459FA62"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4440,51 +4440,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="FFE9AEBA"/>
+    <w:nsid w:val="2CF6589D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4588,51 +4588,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="5B46C19F"/>
+    <w:nsid w:val="1E2A2A0E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4736,51 +4736,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="A12F0F86"/>
+    <w:nsid w:val="58660CBA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4884,51 +4884,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="6A641C99"/>
+    <w:nsid w:val="72B9F6A0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5032,51 +5032,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="702C4CD7"/>
+    <w:nsid w:val="169F4AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5180,51 +5180,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="A46F935B"/>
+    <w:nsid w:val="2EDB0691"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5328,51 +5328,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="F461230E"/>
+    <w:nsid w:val="F971736A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5476,51 +5476,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="F8AB5894"/>
+    <w:nsid w:val="6F6D4B04"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5624,51 +5624,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="60E2C4D7"/>
+    <w:nsid w:val="C8630906"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5772,51 +5772,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="78AE4361"/>
+    <w:nsid w:val="85833D4F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5920,51 +5920,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="5F34032C"/>
+    <w:nsid w:val="F1261FCF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6068,51 +6068,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="8580BBC3"/>
+    <w:nsid w:val="51DBB600"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6216,51 +6216,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="9E743B6C"/>
+    <w:nsid w:val="FBA31B42"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6364,51 +6364,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="5748D5D6"/>
+    <w:nsid w:val="F422BAF7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6512,51 +6512,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="94BA8805"/>
+    <w:nsid w:val="B855588B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6660,51 +6660,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="7C97C3C9"/>
+    <w:nsid w:val="CCE1C935"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6808,51 +6808,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="696BCF6F"/>
+    <w:nsid w:val="3AFA20B8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6956,51 +6956,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="7EC3F235"/>
+    <w:nsid w:val="C467BA63"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7104,51 +7104,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="02914205"/>
+    <w:nsid w:val="1ECF79C5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7252,51 +7252,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="9982C2C2"/>
+    <w:nsid w:val="72956051"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7400,51 +7400,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="14A597C0"/>
+    <w:nsid w:val="174304FD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7548,51 +7548,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34">
-    <w:nsid w:val="2A0BC727"/>
+    <w:nsid w:val="5C2DA758"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7696,51 +7696,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="35">
-    <w:nsid w:val="494E95F7"/>
+    <w:nsid w:val="8F8E8549"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7844,51 +7844,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="36">
-    <w:nsid w:val="A15959A0"/>
+    <w:nsid w:val="ED63BF80"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7992,51 +7992,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="37">
-    <w:nsid w:val="8452BAB7"/>
+    <w:nsid w:val="773C3AD3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8140,51 +8140,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="38">
-    <w:nsid w:val="3B711FFB"/>
+    <w:nsid w:val="FA00BA77"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8288,51 +8288,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="39">
-    <w:nsid w:val="E4DAA946"/>
+    <w:nsid w:val="50DD16E8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>