--- v0 (2025-10-19)
+++ v1 (2025-12-08)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 5.1 - Édité le 19/10/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 5.1 - Édité le 08/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 5.1 « Produits et procédés de couvertures »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -3027,51 +3027,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="60059F74"/>
+    <w:nsid w:val="FC945257"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3175,51 +3175,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="2C1B956E"/>
+    <w:nsid w:val="62A0A0F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3323,51 +3323,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="B4A56D3B"/>
+    <w:nsid w:val="ADA903E2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3471,51 +3471,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="F84074AB"/>
+    <w:nsid w:val="C8F4256F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3619,51 +3619,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="B098C6EB"/>
+    <w:nsid w:val="9077BCD0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3767,51 +3767,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="930C8546"/>
+    <w:nsid w:val="E28ACBA0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3915,51 +3915,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="07164369"/>
+    <w:nsid w:val="D5215D24"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4063,51 +4063,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="FB8A63C6"/>
+    <w:nsid w:val="2D488B4C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4211,51 +4211,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="D21A31B2"/>
+    <w:nsid w:val="3ABCF135"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4359,51 +4359,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="AABFC346"/>
+    <w:nsid w:val="425904D0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>