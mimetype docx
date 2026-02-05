--- v1 (2025-12-08)
+++ v2 (2026-02-05)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 5.1 - Édité le 08/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 5.1 - Édité le 05/02/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 5.1 « Produits et procédés de couvertures »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -1444,772 +1444,812 @@
         <w:t xml:space="preserve">Illustration</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Schéma des vis ou pointes (si vis ou pointes spécifiques au procédé).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">3.4. Support de couverture</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 31/01/2022</w:t>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 26/01/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Description</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Description des supports de couverture visés.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Donner l'épaisseur minimale des supports de couverture.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
-        <w:rPr>
-[...600 lines deleted...]
-          <w:bCs/>
+        <w:rPr/>
+        <w:t xml:space="preserve">Les supports de couvertures sont conformes au </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">JURISPRUDENCE GENERALE : </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">e-cahier CSTB n°3830</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> “Support en bois et panneaux à base de bois pour couverture en bac métallique totalement supporté sous Document Technique d'Application” de septembre 2025.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Justification</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Fournir des justificatifs (références chantiers notamment) en cas de revendication des supports non compatibles au sens du NF DTU 40.41.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.5. Ecran de séparation</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 31/01/2022</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Description de l'écran de séparation éventuel, et dans quel cas il est/peut être utilisé.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Deux types d'écrans de séparation peuvent être utilisées :</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pPr/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">écran en ouate de polyester, composée à 100 % de fibres polyester, non tissé, d’épaisseur nominale 13±1 mm et demasse surfacique 110 g/m² (± 5 %) et conforme au DTU 40.44,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pPr/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">écran de séparation sous Avis Technique ou Document Technique d'Application. Dans ce cas le document devra indiquer les prescriptions particulières à utiliser en terme de fixation et de tenue au vent du procédé de couverture avec chaque type d'écran sous ATEC/DTA revendiqué.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Justification</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Fiche technique de l'écran en ouate de polyester.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Justification de la résistance au vent du procédé avec l'écran de séparation sous ATEC/DTA revendiqué.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Illustration</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">En cas de revendication d'un écran de séparation, fournir des figures illustrant le traitement spécifiques des points singuliers avec cet écran.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.6. Accessoires de faîtage</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 31/01/2022</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Description de l’accessoire, avec notamment sa nuance, sa protection, son épaisseur, sa géométrie et sections de ventilation éventuelles.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Illustration</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Faire une figure cotée.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.7. Accessoires de rives</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 31/01/2022</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Description de l’accessoire, avec notamment sa nuance, sa protection, son épaisseur, sa géométrie et sections de ventilation éventuelles.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Illustration</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Faire une figure cotée.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.8. Accessoires d'égout</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 31/01/2022</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Description de l’accessoire, avec notamment sa nuance, sa protection, son épaisseur, sa géométrie et sections de ventilation éventuelles.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Illustration</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Faire une figure cotée.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.9. Accessoires divers</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 31/01/2022</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Description des autres accessoires divers éventuels (chatières, coulisseaux, étanchéité complémentaire en climat de montagne, outils spéciaux, ...).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Illustration</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Fournir une figure cotée et/ou photographie de l'accessoire.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Fabrication et contrôles</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.1. Fabrication des bacs</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 31/01/2022</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Décrire le principe de fabrication des bobines, des bacs, notamment s'il est possible de commander des bacs profilés en usine ou uniquement des bobines, et s'il y a un film de protection.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Les différentes étapes et sites de production doivent être mentionnés si la fabrication n'a pas lieu sur un seul site (fabrication bobine mère, prélaquage, refendage, profilage, etc, ...).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Préciser à minima la ville et le pays du site de fabrication.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Justification</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Certificat ISO 9001 éventuel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.2. Contrôle des bacs</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 31/01/2022</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Décrire les contrôles réalisés lors de la production des bobines, des bacs. Donner pour chaque contrôle : la norme d'essai, la valeur seuil, et la fréquence.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Justification</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Fournir des relevés d'autocontrôles de production, justifiant les valeurs et contrôles mentionnés dans le document.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">NOTA : Une visite d'usine (frais de déplacement supplémentaires non compris dans la tarif de la procédure) est à prévoir à chaque nouvelle demande ou à chaque modification concernant la production.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.3. Fabrication des accessoires</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 30/01/2023</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Décrire le principe de fabrication des principaux accessoires. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Préciser à minima la ville et le pays du site de fabrication.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.4. Contrôle des accessoires</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 31/01/2022</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Décrire les contrôles réalisés lors de la production des principaux accessoires. Donner pour chaque contrôle : la norme d'essai, la valeur seuil, et la fréquence.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Justification</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Fournir des relevés d'autocontrôles de production, justifiant les valeurs et contrôles mentionnés dans le document.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Conception</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.1. Généralités</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 31/01/2022</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Au sein de l’ouvrage de couverture assurant le clos et couvert du bâtiment, il n’est pas permis d’avoir différents éléments dimensionnés selon deux référentiels différents. Dans tous les cas, le dimensionnement du système complet de couverture (composé notamment selon les cas de : support, isolant, voliges, lattes, contrelattes, liteaux, structure oméga intermédiaire, plaques, feuilles, bacs ou petits éléments de couverture, ...) doit être réalisé en intégralité avec un seul et même référentiel (approche « contraintes admissibles » NV65 modifiées ou approche « états limites » Eurocode1, Partie 1-3 et Partie 1-4).</w:t>
-[...38 lines deleted...]
-      <w:pPr/>
+        <w:t xml:space="preserve">JURISPRUDENCE GENERALE : </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">JURISPRUDENCE (Rappel) : Lors de l’essai au vent selon l’ETAG 006 d’un procédé de couverture métallique, en cas de rupture franche (ou dans la phase élastique) dans le bac ou le joint debout, le coefficient de sécurité ɣm à prendre en compte pour obtenir la valeur de dépression admissible (Wadm selon l’ETAG 006) est de 1,7, soit un coefficient de sécurité global de 3 (1,7 x 1,75 = 3) par rapport au vent normal. Une justification par l’expérience reconnue, réussie et justifiée peut être apportée pour réduire la valeur de ɣm à 1,5 (cas des ruptures ductiles), soit un coefficient de sécurité global de 2,6 (1,5 x 1,75 = 2,6) par rapport au vent normal.</w:t>
+        <w:t xml:space="preserve">Au sein de l’ouvrage de couverture assurant le clos et couvert du bâtiment, il n’est pas permis d’avoir différents éléments dimensionnés selon deux référentiels différents. Dans tous les cas, le dimensionnement du système complet de couverture (composé notamment selon les cas de : support, isolant, voliges, lattes, contrelattes, liteaux, structure oméga intermédiaire, plaques, feuilles, bacs ou petits éléments de couverture, ...) doit être réalisé en intégralité avec un seul et même référentiel (approche « contraintes admissibles » NV65 modifiées ou approche « états limites » Eurocode1, Partie 1-3 et Partie 1-4).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="font_h2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.2. Dimensionnement</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 26/01/2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Donner une dépression admissible maximale au vent normal et extrême (selon règles NV 65 modifiées), issue d'un essai de fatigue conforme à l’Annexe C du </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">e-cahier CSTB n°3830</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> “Support en bois et panneaux à base de bois pour couverture en bac métallique totalement supporté sous Document Technique d'Application” de septembre 2025.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">JURISPRUDENCE (Rappel) : Lors de l’essai au vent, selon l’Annexe C du e-cahier CSTB n°3830 “Support en bois et panneaux à base de bois pour couverture en bac métallique totalement supporté sous Document Technique d'Application” de septembre 2025, d’un procédé de couverture métallique, en cas de rupture franche (ou dans la phase élastique) dans le bac ou le joint debout, le coefficient de sécurité ɣm à prendre en compte pour obtenir la valeur de dépression admissible (Wadm selon l’Annexe C du e-cahier CSTB n°3830) est de 1,7, soit un coefficient de sécurité global de 3 (1,7 x 1,75 = 3) par rapport au vent normal. Une justification par l’expérience reconnue, réussie et justifiée peut être apportée pour réduire la valeur de ɣm à 1,5 (cas des ruptures ductiles), soit un coefficient de sécurité global de 2,6 (1,5 x 1,75 = 2,6) par rapport au vent normal.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Justification</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Essai de fatigue conforme à l'ETAG 006, avec des paliers de dépression adaptées de 150 N par fixation/patte de fixation.</w:t>
+        <w:t xml:space="preserve">Essai de fatigue conforme à  l’Annexe C du </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">e-cahier CSTB n°3830</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> “Support en bois et panneaux à base de bois pour couverture en bac métallique totalement supporté sous Document Technique d'Application” de septembre 2025.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Illustration</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">En fonction de la dépression extrême admissible (selon les règles NV 65 modifiées) obtenue par essai, fournir un tableau des hauteurs de bâtiment admises en fonction des zones et sites de vent (selon NV 65 modifiées) et hauteur de bâtiment, en prenant comme référence le vent en rives donné par l'Annexe 2 du cahier 3563 de juin 2006.</w:t>
+        <w:t xml:space="preserve">En fonction de la dépression extrême admissible (selon les règles NV 65 modifiées) obtenue par essai, fournir un tableau des hauteurs de bâtiment admises en fonction des zones et sites de vent (selon NV 65 modifiées) et hauteur de bâtiment, en prenant com</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">5.3. Variations dimensionnelles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 31/01/2022</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -2262,68 +2302,86 @@
         <w:t xml:space="preserve">Description</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Décrire les dispositions à prendre lors du transport, de la manutention, et du stockage.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">6.2. Mise en oeuvre du support</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 31/01/2022</w:t>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 26/01/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Description</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Description de la mise en œuvre du support bois ou panneaux à base de bois, et de l'éventuel écran de séparation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">La mise en oeuvre des supports sera conforme au </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">e-cahier CSTB n°3830</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> “Support en bois et panneaux à base de bois pour couverture en bac métallique totalement supporté sous Document Technique d'Application” de septembre 2025.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Justification</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dans le cas où est revendiqué une pose sur bois ou panneaux à base de bois "non compatibles" au sens du DTU 40.41, ou dans le cas de revendication d'un écran de séparation, une liste de références chantiers détaillée mettant en avant ces emplois sera à fournir.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3027,51 +3085,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="FC945257"/>
+    <w:nsid w:val="1160A67A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3175,51 +3233,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="62A0A0F1"/>
+    <w:nsid w:val="EA6FA43E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3323,51 +3381,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="ADA903E2"/>
+    <w:nsid w:val="61DDC488"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3471,51 +3529,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="C8F4256F"/>
+    <w:nsid w:val="C0E4D3BB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3619,51 +3677,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="9077BCD0"/>
+    <w:nsid w:val="222A3DE0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3767,51 +3825,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="E28ACBA0"/>
+    <w:nsid w:val="07F75E33"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3915,51 +3973,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="D5215D24"/>
+    <w:nsid w:val="59C31681"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4063,51 +4121,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="2D488B4C"/>
+    <w:nsid w:val="4960056D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4211,51 +4269,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="3ABCF135"/>
+    <w:nsid w:val="59E41954"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4359,51 +4417,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="425904D0"/>
+    <w:nsid w:val="ACB59C58"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>