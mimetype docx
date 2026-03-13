--- v2 (2026-02-05)
+++ v3 (2026-03-13)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 5.1 - Édité le 05/02/2026</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 5.1 - Édité le 13/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 5.1 « Produits et procédés de couvertures »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -3085,51 +3085,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="1160A67A"/>
+    <w:nsid w:val="1D640F79"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3233,51 +3233,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="EA6FA43E"/>
+    <w:nsid w:val="4B8EC8B0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3381,51 +3381,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="61DDC488"/>
+    <w:nsid w:val="A5E79EEF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3529,51 +3529,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="C0E4D3BB"/>
+    <w:nsid w:val="8A84C22F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3677,51 +3677,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="222A3DE0"/>
+    <w:nsid w:val="D30B096F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3825,51 +3825,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="07F75E33"/>
+    <w:nsid w:val="E9997334"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3973,51 +3973,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="59C31681"/>
+    <w:nsid w:val="E667503E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4121,51 +4121,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="4960056D"/>
+    <w:nsid w:val="C3AEFD83"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4269,51 +4269,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="59E41954"/>
+    <w:nsid w:val="0C48AC09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4417,51 +4417,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="ACB59C58"/>
+    <w:nsid w:val="08EA9FBF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>