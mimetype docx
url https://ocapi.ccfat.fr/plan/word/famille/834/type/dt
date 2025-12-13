--- v0 (2025-10-22)
+++ v1 (2025-12-13)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 5.1 - Édité le 22/10/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 5.1 - Édité le 14/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 5.1 « Produits et procédés de couvertures »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -3946,51 +3946,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="3CAFA5B2"/>
+    <w:nsid w:val="799E0CEC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4094,51 +4094,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="ADBDA96B"/>
+    <w:nsid w:val="B6E87758"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4242,51 +4242,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="B92CBE06"/>
+    <w:nsid w:val="71940B84"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4390,51 +4390,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="613DC666"/>
+    <w:nsid w:val="79F522FC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4538,51 +4538,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="84A6EEA9"/>
+    <w:nsid w:val="23A73EFD"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4686,51 +4686,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="44FECCF2"/>
+    <w:nsid w:val="BD168B5F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4834,51 +4834,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="F1896DBB"/>
+    <w:nsid w:val="75A9F7E9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4982,51 +4982,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="CF2DE2DE"/>
+    <w:nsid w:val="07917C36"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5130,51 +5130,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="E24F7F96"/>
+    <w:nsid w:val="DC3D97C2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5278,51 +5278,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="02121C1C"/>
+    <w:nsid w:val="75838D76"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5426,51 +5426,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="B9BAF490"/>
+    <w:nsid w:val="88A6B4B6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>