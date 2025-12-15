--- v1 (2025-12-13)
+++ v2 (2025-12-15)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 5.1 - Édité le 14/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 5.1 - Édité le 15/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 5.1 « Produits et procédés de couvertures »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -3946,51 +3946,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="799E0CEC"/>
+    <w:nsid w:val="AAB412BC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4094,51 +4094,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="B6E87758"/>
+    <w:nsid w:val="A211B3C7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4242,51 +4242,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="71940B84"/>
+    <w:nsid w:val="05C9C3D3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4390,51 +4390,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="79F522FC"/>
+    <w:nsid w:val="7B0FD065"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4538,51 +4538,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="23A73EFD"/>
+    <w:nsid w:val="A8D27A41"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4686,51 +4686,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="BD168B5F"/>
+    <w:nsid w:val="4786BF55"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4834,51 +4834,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="75A9F7E9"/>
+    <w:nsid w:val="5FCB8F69"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4982,51 +4982,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="07917C36"/>
+    <w:nsid w:val="D5FA4F51"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5130,51 +5130,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="DC3D97C2"/>
+    <w:nsid w:val="AE4DFE49"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5278,51 +5278,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="75838D76"/>
+    <w:nsid w:val="9449EA1B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5426,51 +5426,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="88A6B4B6"/>
+    <w:nsid w:val="B11103E2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>