--- v2 (2025-12-15)
+++ v3 (2026-02-13)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 5.1 - Édité le 15/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 5.1 - Édité le 14/02/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 5.1 « Produits et procédés de couvertures »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -3946,51 +3946,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="AAB412BC"/>
+    <w:nsid w:val="BAB07225"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4094,51 +4094,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="A211B3C7"/>
+    <w:nsid w:val="48210133"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4242,51 +4242,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="05C9C3D3"/>
+    <w:nsid w:val="6E78A364"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4390,51 +4390,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="7B0FD065"/>
+    <w:nsid w:val="44EE6CE6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4538,51 +4538,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="A8D27A41"/>
+    <w:nsid w:val="11EB2FA7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4686,51 +4686,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="4786BF55"/>
+    <w:nsid w:val="E80D1171"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4834,51 +4834,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="5FCB8F69"/>
+    <w:nsid w:val="51A29CD9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4982,51 +4982,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="D5FA4F51"/>
+    <w:nsid w:val="08B44BE2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5130,51 +5130,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="AE4DFE49"/>
+    <w:nsid w:val="D6CA361C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5278,51 +5278,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="9449EA1B"/>
+    <w:nsid w:val="FD6EC329"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5426,51 +5426,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="B11103E2"/>
+    <w:nsid w:val="17117929"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>