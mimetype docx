--- v3 (2026-02-13)
+++ v4 (2026-03-31)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 5.1 - Édité le 14/02/2026</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 5.1 - Édité le 31/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 5.1 « Produits et procédés de couvertures »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -3946,51 +3946,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="BAB07225"/>
+    <w:nsid w:val="5AA25673"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4094,51 +4094,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="48210133"/>
+    <w:nsid w:val="9CD480B7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4242,51 +4242,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="6E78A364"/>
+    <w:nsid w:val="5EB52D31"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4390,51 +4390,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="44EE6CE6"/>
+    <w:nsid w:val="1B443D6A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4538,51 +4538,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="11EB2FA7"/>
+    <w:nsid w:val="B5D8A83B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4686,51 +4686,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="E80D1171"/>
+    <w:nsid w:val="85D8A2AD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4834,51 +4834,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="51A29CD9"/>
+    <w:nsid w:val="3BA2F540"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4982,51 +4982,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="08B44BE2"/>
+    <w:nsid w:val="5E10B86A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5130,51 +5130,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="D6CA361C"/>
+    <w:nsid w:val="4026C0F6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5278,51 +5278,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="FD6EC329"/>
+    <w:nsid w:val="DB417940"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5426,51 +5426,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="17117929"/>
+    <w:nsid w:val="3A4D74F9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>