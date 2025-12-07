--- v0 (2025-10-21)
+++ v1 (2025-12-07)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 14.2 - Édité le 21/10/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 14.2 - Édité le 07/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 14.2 « Equipements / Installations de combustion »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -425,51 +425,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="1C5033AC"/>
+    <w:nsid w:val="1472F56F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -573,51 +573,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="D323BE9C"/>
+    <w:nsid w:val="500A55C5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>