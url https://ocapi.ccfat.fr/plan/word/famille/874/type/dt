--- v1 (2025-12-07)
+++ v2 (2026-02-04)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 14.2 - Édité le 07/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 14.2 - Édité le 04/02/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 14.2 « Equipements / Installations de combustion »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -425,51 +425,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="1472F56F"/>
+    <w:nsid w:val="2A41ACFC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -573,51 +573,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="500A55C5"/>
+    <w:nsid w:val="7E5C9713"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>