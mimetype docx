--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 14.2 - Édité le 04/02/2026</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 14.2 - Édité le 21/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 14.2 « Equipements / Installations de combustion »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -140,51 +140,51 @@
         <w:t xml:space="preserve">4.3. Identification des éléments</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">5. Fabrication et contrôles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">6. Dimensionnement et conception</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 06/02/2025</w:t>
+        <w:t xml:space="preserve">Validé par le Groupe Spécialisé le 11/06/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Description</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dans le cas des conduits flexibles isolés, préciser les conditions d'installation :</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pPr/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
@@ -227,50 +227,57 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pPr/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Soit le dossier prévoit que le conduit existant comporte une distance de sécurité supérieure à 40 mm, mesurée depuis la face extérieure du conduit existant, par référence aux dispositions prévues dans l’EN 15287-1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pPr/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Soit le dossier prévoit que le conduit existant peutcomporter une distance de sécurité inférieure à 40 mm. Dans ce cas, l’installation du conduit flexible isolée doit permettre de respecter la distance de sécurité nécessaire (maximum de la valeur prévue par le NF DTU 24.1 pour les conduits composites rigides et de la valeur déclarée dans la désignation du conduit flexible isolé).La distance de sécurité aux matériaux combustibles est mesurée depuis la face intérieure du conduit existant. Si le conduit existant a une épaisseur supérieure à la distance nécessaire, aucune distance de sécurité n'est requise (il n'est pas exigée une absence de contact aux matériaux combustibles pour le conduit existant).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Le diagnostic du conduit existant doit intégrer la vérification de la distance de sécurité et dans le cas où la distance de sécurité ne peut pas être vérifiée (notamment dans le cas d’un conduit mandriné), l’installation ne doit pas être réalisée. »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">7. Mise en oeuvre</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">8. Entretien</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
@@ -425,51 +432,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="2A41ACFC"/>
+    <w:nsid w:val="5138C71A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -573,51 +580,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="7E5C9713"/>
+    <w:nsid w:val="6E21128F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>