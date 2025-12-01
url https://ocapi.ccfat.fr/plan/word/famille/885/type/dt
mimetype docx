--- v0 (2025-10-14)
+++ v1 (2025-12-01)
@@ -12,51 +12,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 14.5 - Édité le 14/10/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 14.5 - Édité le 01/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 14.5 « Equipements / Ventilation et systèmes par vecteur air »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -1477,51 +1477,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="96CC0219"/>
+    <w:nsid w:val="B77FC7FC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1625,51 +1625,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="FFB36C45"/>
+    <w:nsid w:val="C3EC5007"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1773,51 +1773,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="49DE6F63"/>
+    <w:nsid w:val="6BAD53A8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1921,51 +1921,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="9708BA16"/>
+    <w:nsid w:val="60456BA8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2069,51 +2069,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="C94F0D51"/>
+    <w:nsid w:val="007482A3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2217,51 +2217,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="D4954CA2"/>
+    <w:nsid w:val="6D8A8C0D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2365,51 +2365,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="A14702FF"/>
+    <w:nsid w:val="C6EC0E08"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2513,51 +2513,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="71D18E91"/>
+    <w:nsid w:val="81AF018A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2661,51 +2661,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="6ABF2BE4"/>
+    <w:nsid w:val="D163690A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2809,51 +2809,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="2ADDD54A"/>
+    <w:nsid w:val="03209536"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2957,51 +2957,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="53CB3761"/>
+    <w:nsid w:val="7FF7164E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3105,51 +3105,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="A9B91331"/>
+    <w:nsid w:val="E4A92230"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>