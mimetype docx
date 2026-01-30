--- v1 (2025-12-01)
+++ v2 (2026-01-30)
@@ -12,51 +12,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 14.5 - Édité le 01/12/2025</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 14.5 - Édité le 30/01/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 14.5 « Equipements / Ventilation et systèmes par vecteur air »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -1477,51 +1477,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="B77FC7FC"/>
+    <w:nsid w:val="280F7D5E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1625,51 +1625,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="C3EC5007"/>
+    <w:nsid w:val="51338160"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1773,51 +1773,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="6BAD53A8"/>
+    <w:nsid w:val="358FF73A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1921,51 +1921,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="60456BA8"/>
+    <w:nsid w:val="AEB9B1C2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2069,51 +2069,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="007482A3"/>
+    <w:nsid w:val="2EBA0775"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2217,51 +2217,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="6D8A8C0D"/>
+    <w:nsid w:val="5682E104"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2365,51 +2365,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="C6EC0E08"/>
+    <w:nsid w:val="BF1AC1C9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2513,51 +2513,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="81AF018A"/>
+    <w:nsid w:val="48EF8989"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2661,51 +2661,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="D163690A"/>
+    <w:nsid w:val="B1C8384D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2809,51 +2809,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="03209536"/>
+    <w:nsid w:val="4476FD4B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2957,51 +2957,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="7FF7164E"/>
+    <w:nsid w:val="2018F265"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3105,51 +3105,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="E4A92230"/>
+    <w:nsid w:val="44482BA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>