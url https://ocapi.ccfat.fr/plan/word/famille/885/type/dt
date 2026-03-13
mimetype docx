--- v2 (2026-01-30)
+++ v3 (2026-03-13)
@@ -12,51 +12,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_default"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 14.5 - Édité le 30/01/2026</w:t>
+        <w:t xml:space="preserve">Document entériné par le Groupe Spécialisé n° 14.5 - Édité le 13/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraph_centered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h1"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste minimale des éléments habituellement demandés par le Groupe Spécialisé</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font_h2"/>
         </w:rPr>
         <w:t xml:space="preserve">Groupe Spécialisé n° 14.5 « Equipements / Ventilation et systèmes par vecteur air »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -1477,51 +1477,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" style="width:170pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="280F7D5E"/>
+    <w:nsid w:val="EA8A1BCF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1625,51 +1625,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="51338160"/>
+    <w:nsid w:val="003C2F75"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1773,51 +1773,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="358FF73A"/>
+    <w:nsid w:val="0D09739F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1921,51 +1921,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="AEB9B1C2"/>
+    <w:nsid w:val="849ED5B8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2069,51 +2069,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="2EBA0775"/>
+    <w:nsid w:val="CAF0DE4D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2217,51 +2217,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="5682E104"/>
+    <w:nsid w:val="6E14548D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2365,51 +2365,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="BF1AC1C9"/>
+    <w:nsid w:val="6126DECA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2513,51 +2513,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="48EF8989"/>
+    <w:nsid w:val="16C29BBD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2661,51 +2661,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="B1C8384D"/>
+    <w:nsid w:val="7572B57C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2809,51 +2809,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="4476FD4B"/>
+    <w:nsid w:val="43636A1B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2957,51 +2957,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="2018F265"/>
+    <w:nsid w:val="BDE3BF13"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3105,51 +3105,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="44482BA9"/>
+    <w:nsid w:val="9C71FA10"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>